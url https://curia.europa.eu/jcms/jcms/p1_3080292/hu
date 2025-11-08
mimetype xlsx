--- v0 (2025-10-13)
+++ v1 (2025-11-08)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{93DC0B1D-CE09-44A2-92FD-DAB8D2C91FD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5CA1EB2C-BCAF-4456-AD03-39172DBD16DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="53">
   <si>
     <t>Objet du marché</t>
   </si>
   <si>
     <t>Point de contact</t>
   </si>
   <si>
     <t>Montant (estimation)</t>
   </si>
   <si>
     <t>Date prévue de lancement</t>
   </si>
   <si>
     <t>Nom de l'attributaire</t>
   </si>
   <si>
     <t>Date d'attribution</t>
   </si>
   <si>
     <t>Il est possible que d'autres passations de marchés pour d'autres types de produits et services soient également effectuées en fonction des besoins de la Cour de justice.</t>
   </si>
   <si>
     <t>(*)</t>
   </si>
   <si>
@@ -181,78 +181,81 @@
   <si>
     <r>
       <t>cl</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ô</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>turé</t>
     </r>
   </si>
   <si>
-    <t>en cours</t>
-[...1 lines deleted...]
-  <si>
     <t>Examens ophtalmologiques pour le service médical de la Cour de justice de l’Union européenne au Luxembourg</t>
   </si>
   <si>
     <t>uct.marches.publics@curia.europa.eu</t>
   </si>
   <si>
     <t>social.media@curia.europa.eu</t>
   </si>
   <si>
     <t>24 mois</t>
   </si>
   <si>
     <t xml:space="preserve">Outil de veille et de gestion des réseaux sociaux </t>
   </si>
   <si>
     <t>clôturé</t>
   </si>
   <si>
     <t>Fourniture d’une imprimante grand format à encre latex ou de technologie équivalente, et de ses consommables</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>annulé</t>
+  </si>
+  <si>
+    <t>Achat de 3 (trois) NVIDIA A100 80 Go PCIe, neuves ou reconditionnées</t>
+  </si>
+  <si>
+    <t>3 mois</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;€&quot;\ #,##0"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
@@ -629,52 +632,52 @@
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:J17" totalsRowShown="0">
-  <autoFilter ref="B7:J17" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="B7:J18" totalsRowShown="0">
+  <autoFilter ref="B7:J18" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:I15">
     <sortCondition ref="G6:G13"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Objet du marché" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Point de contact" dataDxfId="4"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Montant (estimation)" dataDxfId="3"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Durée du marché (en mois)" dataDxfId="2"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Type de marché (F/S/T)**" dataDxfId="1"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Date prévue de lancement _x000a_(date estimée jusqu'à laquelle les demandes de participation peuvent être envoyées)"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Date d'attribution"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Nom de l'attributaire"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Statut (en cours/clôturé)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight21" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -969,503 +972,522 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uct.marches.publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DBS-marches-publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DTI-ORI.DTI-ORI@curia.europa.eu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DBS-marches-publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DBS-marches-publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PPR_Finances@curia.europa.eu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uct.marches.publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DPI_Accounting@curia.europa.eu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DBS-marches-publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LegalSummerSchool@curia.europa.eu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:social.media@curia.europa.eu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uct.marches.publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DBS-marches-publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DTI-ORI.DTI-ORI@curia.europa.eu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DBS-marches-publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DBS-marches-publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PPR_Finances@curia.europa.eu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DPI_Accounting@curia.europa.eu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DBS-marches-publics@curia.europa.eu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LegalSummerSchool@curia.europa.eu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:social.media@curia.europa.eu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M30"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="C18" sqref="C18"/>
+    <sheetView tabSelected="1" topLeftCell="C9" workbookViewId="0">
+      <selection activeCell="J10" sqref="J10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.28515625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="4.26953125" style="3" customWidth="1"/>
     <col min="2" max="2" width="74" style="30" customWidth="1"/>
-    <col min="3" max="3" width="38.85546875" style="24" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="19.7109375" customWidth="1"/>
+    <col min="3" max="3" width="38.81640625" style="24" customWidth="1"/>
+    <col min="4" max="4" width="13.7265625" customWidth="1"/>
+    <col min="5" max="5" width="17.453125" style="24" customWidth="1"/>
+    <col min="6" max="6" width="16.7265625" customWidth="1"/>
+    <col min="7" max="7" width="21.453125" customWidth="1"/>
+    <col min="8" max="8" width="15.81640625" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="15.26953125" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="19.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" ht="15.5" x14ac:dyDescent="0.35">
       <c r="J1" s="18" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="2" spans="1:13" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="B2" s="30"/>
       <c r="C2" s="24"/>
       <c r="E2" s="24"/>
       <c r="G2" s="2"/>
     </row>
-    <row r="3" spans="1:13" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="54" t="s">
         <v>28</v>
       </c>
       <c r="C3" s="54"/>
       <c r="D3" s="54"/>
       <c r="E3" s="54"/>
       <c r="F3" s="54"/>
       <c r="G3" s="54"/>
     </row>
-    <row r="4" spans="1:13" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" s="3" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B4" s="31"/>
       <c r="C4" s="24"/>
       <c r="E4" s="24"/>
     </row>
-    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.35">
       <c r="B5" s="53" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="53"/>
       <c r="D5" s="53"/>
       <c r="E5" s="53"/>
       <c r="F5" s="53"/>
       <c r="G5" s="53"/>
     </row>
-    <row r="7" spans="1:13" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" ht="73.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="21" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="22" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="22" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="22" t="s">
         <v>8</v>
       </c>
       <c r="G7" s="22" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="22" t="s">
         <v>12</v>
       </c>
       <c r="M7" s="17"/>
     </row>
-    <row r="8" spans="1:13" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="33" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="23" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="5">
         <v>50000</v>
       </c>
       <c r="E8" s="25" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="28" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="29">
         <v>45688</v>
       </c>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="20" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="9" spans="1:13" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:13" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="41" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="35" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="36">
         <v>25000</v>
       </c>
       <c r="E9" s="37" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="29">
         <v>45688</v>
       </c>
       <c r="H9" s="8" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J9" s="37" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:13" s="3" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="3" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="34" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="23" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="5">
         <v>4250000</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>20</v>
       </c>
       <c r="F10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="29">
         <v>45729</v>
       </c>
       <c r="H10" s="4">
         <v>42767</v>
       </c>
       <c r="I10" s="11"/>
       <c r="J10" s="20" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:13" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="34" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="23" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="5">
         <v>40000</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="29">
         <v>45684</v>
       </c>
       <c r="H11" s="12">
         <v>42856</v>
       </c>
       <c r="I11" s="11"/>
       <c r="J11" s="20" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="12" spans="1:13" s="3" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:13" s="3" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="34" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="23" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="5">
         <v>143000</v>
       </c>
       <c r="E12" s="26" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="29">
         <v>45748</v>
       </c>
       <c r="H12" s="12">
         <v>42917</v>
       </c>
       <c r="I12" s="11"/>
       <c r="J12" s="20" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="13" spans="1:13" s="3" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:13" s="3" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="40" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="38" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D13" s="13">
         <v>94000</v>
       </c>
       <c r="E13" s="27" t="s">
         <v>20</v>
       </c>
       <c r="F13" s="14" t="s">
         <v>22</v>
       </c>
       <c r="G13" s="29">
         <v>45792</v>
       </c>
       <c r="H13" s="15">
         <v>42979</v>
       </c>
       <c r="I13" s="16"/>
       <c r="J13" s="39" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:13" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="45" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="23" t="s">
         <v>34</v>
       </c>
       <c r="D14" s="48">
         <v>60000</v>
       </c>
       <c r="E14" s="42" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G14" s="46">
         <v>45658</v>
       </c>
       <c r="H14" s="44"/>
       <c r="I14" s="44"/>
       <c r="J14" s="20" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="15" spans="1:13" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:13" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="49" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="23" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="48">
         <v>59000</v>
       </c>
       <c r="E15" s="42" t="s">
         <v>20</v>
       </c>
       <c r="F15" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G15" s="46">
         <v>45809</v>
       </c>
       <c r="H15" s="44"/>
       <c r="I15" s="44"/>
       <c r="J15" s="20" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="16" spans="1:13" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:13" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="47" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="51" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C16" s="50" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D16" s="48">
         <v>55000</v>
       </c>
       <c r="E16" s="42" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F16" s="42" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="46">
         <v>45900</v>
       </c>
       <c r="H16" s="44"/>
       <c r="I16" s="44"/>
       <c r="J16" s="20" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="17" spans="1:10" s="3" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:10" s="3" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="52" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C17" s="23" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="48">
         <v>34000</v>
       </c>
       <c r="E17" s="20" t="s">
         <v>20</v>
       </c>
       <c r="F17" s="20" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G17" s="29">
         <v>45869</v>
       </c>
       <c r="H17" s="44"/>
       <c r="I17" s="44"/>
       <c r="J17" s="20" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      <c r="B18" s="40" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" s="3" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="52" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" s="23" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D18" s="48">
         <v>94000</v>
       </c>
-      <c r="E18" s="27" t="s">
+      <c r="E18" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="F18" s="14" t="s">
+      <c r="F18" s="20" t="s">
         <v>22</v>
       </c>
       <c r="G18" s="29">
         <v>45926</v>
       </c>
-      <c r="H18" s="15">
+      <c r="H18" s="44"/>
+      <c r="I18" s="44"/>
+      <c r="J18" s="20" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" s="3" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="52" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" s="48">
+        <v>50000</v>
+      </c>
+      <c r="E19" s="27" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="G19" s="29">
+        <v>45961</v>
+      </c>
+      <c r="H19" s="15">
         <v>42979</v>
       </c>
-      <c r="I18" s="16"/>
-      <c r="J18" s="39" t="s">
+      <c r="I19" s="16"/>
+      <c r="J19" s="39" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="19" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A20" s="47" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="C20" s="19"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="19"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B21" s="32" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="B21" s="32" t="s">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B22" s="32" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="B22" s="7" t="s">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B23" s="7" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="B24" s="30" t="s">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B25" s="30" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A26" s="6"/>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A27" s="47"/>
     </row>
-    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A30" s="47"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="B3:G3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C10" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="C8" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="C9" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="C11" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="C14" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="C12" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="C15" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="C13" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="C16" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="C17" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
-    <hyperlink ref="C18" r:id="rId11" xr:uid="{85639031-9F35-4488-8265-2B3CD99437D4}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="49" orientation="portrait" r:id="rId12"/>
+  <pageSetup paperSize="9" scale="49" orientation="portrait" r:id="rId11"/>
   <tableParts count="1">
-    <tablePart r:id="rId13"/>
+    <tablePart r:id="rId12"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>